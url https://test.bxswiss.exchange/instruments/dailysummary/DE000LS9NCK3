--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87b1fc37e8444730" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R183b43e4e8114a80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4a4fa2b09da44f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c0fbf9e66f4487f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1d6ac16bc0d4e9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4a4fa2b09da44f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R841a8f3f0943441d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c0fbf9e66f4487f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasserstoff &amp; Brennstoffzellen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>202,357</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,829</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>