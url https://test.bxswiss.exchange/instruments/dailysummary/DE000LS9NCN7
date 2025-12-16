--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R426ede4615de4bfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55e44a15f6d8425d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbfde8f2645a4df6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R562015db33e045d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7a9cb54471c4aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbfde8f2645a4df6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf7f37eed5294d0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R562015db33e045d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>235,213</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,368</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>