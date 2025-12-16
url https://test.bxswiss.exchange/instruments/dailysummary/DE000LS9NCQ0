--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf202090aa0e44028" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6dfc164015049bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5bea8c9a23c4cbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe38907394a342e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d5dbf2e579d48e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5bea8c9a23c4cbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9686e715d144c38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe38907394a342e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienfilter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NCQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>58,426</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>