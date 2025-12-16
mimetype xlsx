--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb29f7f9f12047c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60efe68407334b74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15cfe2b6f9d0415e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c2b11c857194ab2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1f3b541d1cc4cf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15cfe2b6f9d0415e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9572d77f939048cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c2b11c857194ab2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International TradeX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>96,939</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,058</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...315 lines deleted...]
-          <x:t>97,959</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>