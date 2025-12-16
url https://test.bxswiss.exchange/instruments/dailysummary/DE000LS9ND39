--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R548ab26940844ce6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R052a34b823354032" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf0716ffa5794b11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43299cc1423948f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fff3dfa52074e3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf0716ffa5794b11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a7bb1bdacac4167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43299cc1423948f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldesel Stockpicking USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>197,572</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>