--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R052a34b823354032" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb463417a42d4ee4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43299cc1423948f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1127cd1c03e451a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a7bb1bdacac4167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43299cc1423948f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8689e330c50d442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1127cd1c03e451a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldesel Stockpicking USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>