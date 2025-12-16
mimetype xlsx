--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76e2baa5bb614b0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20a8ab5c28af4059" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f1db664ebae4f27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62792b8c91944afe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2f965a843a44d1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f1db664ebae4f27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b233dbf84164fd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62792b8c91944afe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Financials</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...539 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,012</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>215,693</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,956</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>