--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20a8ab5c28af4059" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4c25d9c9e5b4c5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62792b8c91944afe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65fef44cff454e46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b233dbf84164fd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62792b8c91944afe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e8e280f99a34e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65fef44cff454e46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Financials</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>