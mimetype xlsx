--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R969470b358d34b3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40e09626d06a4c76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a6b201eac2e4097"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c5188f21d784d0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80051d4ce97d42f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a6b201eac2e4097" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04a7132c15324d83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c5188f21d784d0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konstante Geschäftsmodelle EU+GB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>165,871</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>