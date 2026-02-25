--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40e09626d06a4c76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2a7dfaaca5f4dce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c5188f21d784d0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd92e3e8b0616473b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04a7132c15324d83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c5188f21d784d0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd17e530ac7e4355" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd92e3e8b0616473b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konstante Geschäftsmodelle EU+GB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ND96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>