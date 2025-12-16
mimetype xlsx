--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ad2538547344b74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R893d7682c0dc49b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dc36b840d1d49d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6876e6062f634982"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66a9a11c212e4793" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dc36b840d1d49d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6a822f631e04fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6876e6062f634982" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silberminen XXL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,606 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...573 lines deleted...]
-          <x:t>173,862</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>