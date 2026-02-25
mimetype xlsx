--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R893d7682c0dc49b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b8aa49114e241c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6876e6062f634982"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ba21f2968a046fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6a822f631e04fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6876e6062f634982" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9084330a53f40ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ba21f2968a046fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silberminen XXL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,444 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>193,821</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,502</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>