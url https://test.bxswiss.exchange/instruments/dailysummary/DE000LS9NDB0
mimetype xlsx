--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reae999498f504d7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36e1433725184f74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a2c51379a4345d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99d9f49de50e4baa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda263bb4539646ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a2c51379a4345d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb044f72e3c2e46c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99d9f49de50e4baa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anlage nach Directors' Dealings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>97,549</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,171</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>