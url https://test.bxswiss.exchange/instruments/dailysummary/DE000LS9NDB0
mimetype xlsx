--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36e1433725184f74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10f88e6671554f2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99d9f49de50e4baa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f221b5ac6614e5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb044f72e3c2e46c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99d9f49de50e4baa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd60436b78fc84e23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f221b5ac6614e5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anlage nach Directors' Dealings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>18.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,622</x:t>
-[...522 lines deleted...]
-          <x:t>90,171</x:t>
+          <x:t>89,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>