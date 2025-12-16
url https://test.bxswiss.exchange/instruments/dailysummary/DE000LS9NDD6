--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7494b826bfd4499" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R952a79939e034a0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra475ab88300b4334"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c261c2a56a049e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9245060e86284d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra475ab88300b4334" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2e64c487c0f4c20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c261c2a56a049e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZukunftInternational</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>227,858</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,274</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>