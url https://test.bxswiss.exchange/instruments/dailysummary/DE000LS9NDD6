--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R952a79939e034a0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ed4b75a8db14890" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c261c2a56a049e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12da556b53f149e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2e64c487c0f4c20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c261c2a56a049e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde179eba89d4427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12da556b53f149e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZukunftInternational</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,682</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>