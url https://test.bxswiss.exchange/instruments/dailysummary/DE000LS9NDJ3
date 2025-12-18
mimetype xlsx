--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0966ecd4aac84827" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae445ab1058d4803" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2acee8a21c844256"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re72ac45936e54454"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09d771a9e1d94a9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2acee8a21c844256" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e38afe8305846e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re72ac45936e54454" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TITANS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>335,042</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>