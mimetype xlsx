--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae445ab1058d4803" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad5ab145c44d486c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re72ac45936e54454"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aabfaae14614bd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e38afe8305846e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re72ac45936e54454" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R705b1f5936d54880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aabfaae14614bd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TITANS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,882</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>