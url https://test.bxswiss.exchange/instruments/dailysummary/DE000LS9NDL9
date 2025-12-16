--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ca997828e1a4d4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R662ad5d93eea4520" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb141801cc4424491"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e34e6ab41b74297"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f9c88c53f2441d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb141801cc4424491" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1af6818d27f04513" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e34e6ab41b74297" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig - Automobil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>256,837</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,748</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>272,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,113</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>