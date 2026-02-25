--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R662ad5d93eea4520" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c92e5f72d0f4848" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e34e6ab41b74297"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8bfc6d7e98a4a5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1af6818d27f04513" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e34e6ab41b74297" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b5715747a6a472e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8bfc6d7e98a4a5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig - Automobil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>