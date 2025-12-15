--- v0 (2025-10-04)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3946e8e971d45fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfdf33d03f0444df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29f515d7d05a496f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ef61eee918c4aa7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84ff7926d92a4d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29f515d7d05a496f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re76128c9847c449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ef61eee918c4aa7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentalanalyse undervalued</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>118,490</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>