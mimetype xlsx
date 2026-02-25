--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfdf33d03f0444df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda8949cb2c594bbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ef61eee918c4aa7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8357c73b22ab41e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re76128c9847c449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ef61eee918c4aa7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R306302e7a0a0453b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8357c73b22ab41e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentalanalyse undervalued</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>118,585</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>