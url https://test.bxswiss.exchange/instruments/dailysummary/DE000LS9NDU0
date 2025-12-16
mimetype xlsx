--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2516eaa6a74343f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R057cf5ac98964e33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf933dea5f454a1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd801bb0028f45e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafd8a237f082453f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf933dea5f454a1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37b131d7bcb0446f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd801bb0028f45e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaroundstories</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NDU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>189,128</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>