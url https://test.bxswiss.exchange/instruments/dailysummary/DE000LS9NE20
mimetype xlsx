--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cfb614b64b94755" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad8d80b84f124afe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb87dc845a41f436e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c33b0023fcc4216"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab88f5bc5c58458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb87dc845a41f436e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96b23724e210405d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c33b0023fcc4216" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>nopainnogain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>59,101</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,426</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>