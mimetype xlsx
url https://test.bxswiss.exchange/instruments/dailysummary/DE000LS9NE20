--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad8d80b84f124afe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R446351873be54165" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c33b0023fcc4216"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d31b2392dbb4b36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96b23724e210405d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c33b0023fcc4216" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ef59684145d441d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d31b2392dbb4b36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>nopainnogain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>61,141</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,312</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>62,426</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>