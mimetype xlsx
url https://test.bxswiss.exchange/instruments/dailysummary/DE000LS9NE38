--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69f07dfec7ef4c0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2159a65a087d4261" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6013124920c84bc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d58f768fe7f4228"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R652d8d340b684c74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6013124920c84bc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a0768696e6745ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d58f768fe7f4228" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Wasserstoff Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>435,109</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>438,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>434,949</x:t>
-[...166 lines deleted...]
-          <x:t>440,212</x:t>
+          <x:t>442,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>