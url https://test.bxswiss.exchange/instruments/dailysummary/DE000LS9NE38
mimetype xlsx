--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2159a65a087d4261" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf08a54c841bc469c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d58f768fe7f4228"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d4851153b9347f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a0768696e6745ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d58f768fe7f4228" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R897bb7e29b85475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d4851153b9347f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Wasserstoff Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>443,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>444,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>437,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>440,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>