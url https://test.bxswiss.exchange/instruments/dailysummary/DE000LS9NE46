--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree3eba80aaae4bc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4a4526ef13d4ed9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07873fcd560c465d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6cf9361c8fa48e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5297739fa70943f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07873fcd560c465d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd986c29ce9274dd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6cf9361c8fa48e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing nach Greenblatt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>133,496</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>