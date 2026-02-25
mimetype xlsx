--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4a4526ef13d4ed9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf05bbc5af23043ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6cf9361c8fa48e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0967dbd23ec3481c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd986c29ce9274dd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6cf9361c8fa48e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2d89b7e79bd48d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0967dbd23ec3481c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing nach Greenblatt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>