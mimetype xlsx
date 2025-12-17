--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2223412734cb4a0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a303482d8084075" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b9c0570e34b4262"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23e58d590fee4095"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35b4c86d45674056" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b9c0570e34b4262" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8862934339484f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23e58d590fee4095" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RRB Top Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>358,827</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>