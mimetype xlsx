--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a303482d8084075" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R309ce480d2294a11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23e58d590fee4095"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1af539cb0c3c4652"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8862934339484f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23e58d590fee4095" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9e24227562e44ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1af539cb0c3c4652" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RRB Top Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NE61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>