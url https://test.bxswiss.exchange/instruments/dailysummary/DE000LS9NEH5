--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e7180d2dbf94acc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6ff01c6799c408d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc850af9b98a4f84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc393f344ffa144d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7d6796918524410" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc850af9b98a4f84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5ff125cdc734754" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc393f344ffa144d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Cannabis Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>22,236</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>