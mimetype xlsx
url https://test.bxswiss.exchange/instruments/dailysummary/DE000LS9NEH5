--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6ff01c6799c408d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra96bd223b69c4b2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc393f344ffa144d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R944b1bb917e34b64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5ff125cdc734754" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc393f344ffa144d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0245f1a1303c43a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R944b1bb917e34b64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Cannabis Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,816</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>