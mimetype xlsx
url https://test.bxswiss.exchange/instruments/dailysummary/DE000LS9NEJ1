--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re53578c16a61415f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c0979b976444833" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf4038848b3143bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R861544330fed4d98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R173395b6575a4ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf4038848b3143bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80d6952058a34738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R861544330fed4d98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>turn arround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>63,627</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,448</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>