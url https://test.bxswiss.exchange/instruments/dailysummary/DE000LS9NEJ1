--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c0979b976444833" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5431bf5dda9d4e3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R861544330fed4d98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeea8f44b1c74ef4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80d6952058a34738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R861544330fed4d98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re20e6f6164b84b8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeea8f44b1c74ef4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>turn arround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,528</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...227 lines deleted...]
-          <x:t>73,448</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>