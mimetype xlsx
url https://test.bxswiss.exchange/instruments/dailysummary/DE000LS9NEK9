--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R971e191f36984a68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fbc336c24cc40b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda736749fab5468a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R701f1b87c8b24a32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92d9507b030d44d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda736749fab5468a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19ea9a126acf4840" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R701f1b87c8b24a32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech Zukunft: Digitalisierung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>216,266</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>215,577</x:t>
-[...377 lines deleted...]
-          <x:t>236,508</x:t>
+          <x:t>215,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,382</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>