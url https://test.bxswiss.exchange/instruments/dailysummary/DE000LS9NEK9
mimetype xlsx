--- v1 (2025-12-14)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fbc336c24cc40b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaae5e2ff8ea42fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R701f1b87c8b24a32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e87f87796284e39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19ea9a126acf4840" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R701f1b87c8b24a32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb15254d6bc3c4db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e87f87796284e39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech Zukunft: Digitalisierung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>224,382</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>