--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f8e48f8fb56443e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ca02458ed624376" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R653ed4a593b24107"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R739921a5cf204d38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4386082164649cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R653ed4a593b24107" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc945806013e4439" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R739921a5cf204d38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienfuxx</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>102,841</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,431</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>