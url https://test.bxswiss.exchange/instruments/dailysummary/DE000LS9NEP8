--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ca02458ed624376" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fe3ff94b54144d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R739921a5cf204d38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R210d727097c64fcd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc945806013e4439" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R739921a5cf204d38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f9a7316cc9a43a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R210d727097c64fcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienfuxx</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,497</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>