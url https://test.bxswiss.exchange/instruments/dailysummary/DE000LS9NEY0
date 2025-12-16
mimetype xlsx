--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0af03b634bf34805" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8722e3c46f4d4b11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc941df816b344d31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R898a0ca94ff347aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4438057714c64b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc941df816b344d31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6898b64c9317477c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R898a0ca94ff347aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nibelungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>149,293</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,763</x:t>
-[...301 lines deleted...]
-          <x:t>145,119</x:t>
+          <x:t>151,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>