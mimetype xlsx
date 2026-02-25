--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8722e3c46f4d4b11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90d1d19acd4f4586" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R898a0ca94ff347aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00d555072d8b4b87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6898b64c9317477c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R898a0ca94ff347aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea9fdd50ec6846dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00d555072d8b4b87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nibelungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NEY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,806</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>