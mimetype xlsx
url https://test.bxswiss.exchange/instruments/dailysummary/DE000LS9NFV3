--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7105517679b84aa8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref6e14bc91d04b8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f33409e426a4c67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75d794e9edb2420c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa0bf5ec05e8475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f33409e426a4c67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5caa3000d3994e95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75d794e9edb2420c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Modern-Value-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NFV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>116,922</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,433</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>