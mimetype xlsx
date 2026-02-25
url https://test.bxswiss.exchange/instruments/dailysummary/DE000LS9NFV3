--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref6e14bc91d04b8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81b8b3b3e5744609" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75d794e9edb2420c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02e0e422cf104b10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5caa3000d3994e95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75d794e9edb2420c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fdde5772de94aaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02e0e422cf104b10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Modern-Value-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NFV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,546</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>