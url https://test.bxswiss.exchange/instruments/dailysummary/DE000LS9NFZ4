--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e2e95aa93a749d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a2bb55590d642cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re87f0735dfb64dd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76535adadb754eba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R375031e093224d52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re87f0735dfb64dd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60e8ff3acd50420e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76535adadb754eba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Discounted Cashflow Bewertung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NFZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>76,719</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,345</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>77,468</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>