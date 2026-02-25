--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a2bb55590d642cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8e14cb647534b3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76535adadb754eba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2efa9bbf8b1432a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60e8ff3acd50420e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76535adadb754eba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcccfe9d414ab4b52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2efa9bbf8b1432a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Discounted Cashflow Bewertung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NFZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>