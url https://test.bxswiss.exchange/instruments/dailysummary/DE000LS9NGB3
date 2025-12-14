--- v0 (2025-10-04)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R710a67b05e1147ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6158e186e19640a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8d8381f929e48a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R626317246954465d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf65fa7241ae94186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8d8381f929e48a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0aef1dcd3c064849" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R626317246954465d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rosinen picken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>12,247</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,674</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>12,857</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,782</x:t>
-[...296 lines deleted...]
-          <x:t>14,292</x:t>
+          <x:t>12,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>