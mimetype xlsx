--- v0 (2025-10-04)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cad174ff4b34d1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbca3cde560f34988" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2495b8572237451d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf7c1cd2e7e747e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c4cae6fd20c46bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2495b8572237451d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcae82bb049644d5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf7c1cd2e7e747e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All-Over Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>101,907</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>