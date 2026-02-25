--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbca3cde560f34988" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70c1fc7c12e14971" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf7c1cd2e7e747e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f143266b17a4be0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcae82bb049644d5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf7c1cd2e7e747e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3eda29c78524260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f143266b17a4be0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All-Over Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,126</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,486</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>