--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re27ef0f976494a1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re73bf81b242c4fb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f5175b8fcef4eeb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddf7406474e64004"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d82b7a6efc84c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f5175b8fcef4eeb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0699935019a24b9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddf7406474e64004" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Autos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>106,279</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,391</x:t>
-[...188 lines deleted...]
-          <x:t>104,519</x:t>
+          <x:t>104,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,391</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>