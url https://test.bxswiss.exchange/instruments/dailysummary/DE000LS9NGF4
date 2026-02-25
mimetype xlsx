--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re73bf81b242c4fb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5246237ca9ec4a5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddf7406474e64004"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62e2671b98c64e82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0699935019a24b9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddf7406474e64004" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R713ec66371a34e04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62e2671b98c64e82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Autos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...522 lines deleted...]
-          <x:t>109,281</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,968</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>108,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,626</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>