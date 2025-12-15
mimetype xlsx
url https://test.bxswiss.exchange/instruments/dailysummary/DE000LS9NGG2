--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53592920b2964961" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d75cf29f4714ec4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45abed973d074b22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6f4383294ae4c51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R699fcc4c4f0c433a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45abed973d074b22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbffee25bcd9441ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6f4383294ae4c51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gipfelstürmer Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>41,893</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,024</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>03.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,239</x:t>
-[...549 lines deleted...]
-          <x:t>47,747</x:t>
+          <x:t>40,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,128</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>