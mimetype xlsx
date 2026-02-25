--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d75cf29f4714ec4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93b3619aeaeb496a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6f4383294ae4c51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4faeb56029b547a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbffee25bcd9441ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6f4383294ae4c51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1790941abbf047a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4faeb56029b547a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gipfelstürmer Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>42,231</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,555</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>40,128</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>