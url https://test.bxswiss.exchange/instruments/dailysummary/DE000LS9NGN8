--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35dc2464d93742c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9974d2a4ec114331" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref512b22f22645ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re79dfeb3e8ca4789"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce9f5e322b8a4aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref512b22f22645ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59cc3c7e026e4a69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re79dfeb3e8ca4789" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>unbegründeter abverkauf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>115,339</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>