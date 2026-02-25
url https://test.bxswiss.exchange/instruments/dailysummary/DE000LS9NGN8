--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9974d2a4ec114331" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f2dade7258a4d4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re79dfeb3e8ca4789"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ed61e2315154c1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59cc3c7e026e4a69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re79dfeb3e8ca4789" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b58dfd62e0249bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ed61e2315154c1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>unbegründeter abverkauf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>121,142</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,652</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>123,245</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>