--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d01dfeb5961460f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b56c9b8845c4fee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R154de387446e4f0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8042245de504779"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30cc07268bfc4305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R154de387446e4f0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ceddd5af53740c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8042245de504779" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Starkes Wachstum - Rule1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NH92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>151,576</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,376</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>