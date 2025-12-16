--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8379698007704db2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3830617cf19f4c69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39efbb21222248b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3d0ad8eb2ad4443"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcff7a6f7c7fd4a5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39efbb21222248b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29f650707b73418f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3d0ad8eb2ad4443" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Div-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NHS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,928</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>145,374</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,376</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>