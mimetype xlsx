--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3830617cf19f4c69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b59b162ac6843bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3d0ad8eb2ad4443"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce7ed0b27e1d48e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29f650707b73418f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3d0ad8eb2ad4443" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8064c8e33cc64b73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce7ed0b27e1d48e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Div-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NHS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>