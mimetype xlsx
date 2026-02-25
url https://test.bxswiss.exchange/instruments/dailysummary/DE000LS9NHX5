--- v0 (2025-10-02)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reeebe1d4d9eb4bae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cc8347f167f40ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3234d771a7b4ed1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7396659c19d445a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70e9d24cc05e4064" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3234d771a7b4ed1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf44a1d848ee74cf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7396659c19d445a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Visionary Companies by Stegamos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NHX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>241,319</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>240,407</x:t>
-[...178 lines deleted...]
-          <x:t>251,475</x:t>
+          <x:t>248,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>251,316</x:t>
-[...139 lines deleted...]
-          <x:t>255,206</x:t>
+          <x:t>256,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>