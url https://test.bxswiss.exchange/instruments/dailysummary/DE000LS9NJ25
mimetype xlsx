--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R810548d5e0b1431c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08b44495248c4fda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96329bbe59ca4010"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7996d726a561415f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eb524074526483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96329bbe59ca4010" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7022221482704afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7996d726a561415f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Spezialwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NJ25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>86,777</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>