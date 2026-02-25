--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08b44495248c4fda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3409d7c832c14dbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7996d726a561415f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51608aa673f5477c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7022221482704afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7996d726a561415f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37597bbb63bc421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51608aa673f5477c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Spezialwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NJ25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>86,088</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,613</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>28.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,427</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>87,036</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,138</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>87,522</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,689</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>84,876</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>