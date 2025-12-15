--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6f8114e76734ecf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8396ec32fb864ad3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2eda5f56cdf04a21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R785b2ccb3c284849"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcff6adfce352459a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2eda5f56cdf04a21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42fcfd5d7db842a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R785b2ccb3c284849" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brennstoffzellen und Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NJ58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>86,480</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>