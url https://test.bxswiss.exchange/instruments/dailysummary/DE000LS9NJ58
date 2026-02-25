--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8396ec32fb864ad3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7d4b1bb38f44417" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R785b2ccb3c284849"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac6d4c2ca9fd41c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42fcfd5d7db842a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R785b2ccb3c284849" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R956d1b6f54fb4b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac6d4c2ca9fd41c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brennstoffzellen und Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NJ58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>90,025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>