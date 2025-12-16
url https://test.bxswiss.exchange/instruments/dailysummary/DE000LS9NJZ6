--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb30f897fe5eb4494" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cde8713aa3d4b2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b0d7ed15a5a4a64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d62fc77ecdc4170"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1aa46450f67246f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b0d7ed15a5a4a64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd09b1e679c584387" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d62fc77ecdc4170" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PS CASHFLOW Wachstums Bullen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NJZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>443,290</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>445,239</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>