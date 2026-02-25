--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cde8713aa3d4b2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R371dc7001c5c4867" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d62fc77ecdc4170"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4970b4b7e074fb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd09b1e679c584387" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d62fc77ecdc4170" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ffa9736cbda4eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4970b4b7e074fb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PS CASHFLOW Wachstums Bullen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NJZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>441,949</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>440,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>441,239</x:t>
-[...458 lines deleted...]
-          <x:t>444,109</x:t>
+          <x:t>441,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>