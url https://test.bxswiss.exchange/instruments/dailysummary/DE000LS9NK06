--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b35fad97c7743d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c02d12a505f444b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36787451707048c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf794fde4d1024018"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3fc28ab238b400e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36787451707048c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f3c1e49b175402f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf794fde4d1024018" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Game Changer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NK06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>238,397</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>