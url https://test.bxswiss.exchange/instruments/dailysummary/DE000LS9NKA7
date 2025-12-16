--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bf51fe3753f4cd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0641272cbcfa4731" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R775a02bedc9c4d5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ecab87a815f4bc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b3ca2c1e3ff40b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R775a02bedc9c4d5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R825b0e6f463a42a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ecab87a815f4bc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Opportunity Stock Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>352,398</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>