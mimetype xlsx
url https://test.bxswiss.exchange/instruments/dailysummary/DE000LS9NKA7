--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0641272cbcfa4731" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0eccd21e8754c06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ecab87a815f4bc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf5debd1d9ae4c20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R825b0e6f463a42a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ecab87a815f4bc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73f8dbec46494a54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf5debd1d9ae4c20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Opportunity Stock Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>