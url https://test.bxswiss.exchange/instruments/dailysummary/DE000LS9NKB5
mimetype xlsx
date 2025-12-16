--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13f5c8f11d894dbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac937a82956d43e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc788ed6e195647b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde21873696104b0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04c8fc7678834fd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc788ed6e195647b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R141bcb6b119b4471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde21873696104b0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRADE BULL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>164,978</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,051</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>