--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac937a82956d43e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7091d58702e4348" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde21873696104b0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb92ff567398b4a7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R141bcb6b119b4471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde21873696104b0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1609ce8809545f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb92ff567398b4a7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRADE BULL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>