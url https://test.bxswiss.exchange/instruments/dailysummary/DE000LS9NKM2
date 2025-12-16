--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e30b79cb8fb47b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6396d9778334097" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50ddf720bb774311"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10be7da5241f4b4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc640eb0ce2fe446f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50ddf720bb774311" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0625c477e40415e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10be7da5241f4b4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PU investment solutions - VALUE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>324,823</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,239</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>