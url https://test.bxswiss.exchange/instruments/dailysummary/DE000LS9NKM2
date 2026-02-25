--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6396d9778334097" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc65e067032e4124" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10be7da5241f4b4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4121fe0e36444ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0625c477e40415e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10be7da5241f4b4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e828d1c33e3493d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4121fe0e36444ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PU investment solutions - VALUE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,412</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>