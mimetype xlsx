--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ad3d4437a004bda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f379c1c09df49ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R540758bdea16445d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref64ce4519594975"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb2f25188f684b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R540758bdea16445d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f95636aed564ec6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref64ce4519594975" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Forum WiFi Editors Choice</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>194,605</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>