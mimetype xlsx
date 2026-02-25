--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f379c1c09df49ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R627d34ca96d24807" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref64ce4519594975"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6eae3f88c7f4d9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f95636aed564ec6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref64ce4519594975" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R238770297fa24172" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6eae3f88c7f4d9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Forum WiFi Editors Choice</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>