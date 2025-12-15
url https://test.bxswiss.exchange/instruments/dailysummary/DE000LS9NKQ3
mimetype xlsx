--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dfecf1487b74e72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcd305feabf54b2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb54813dc13cc4ec9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcae5ecb3b28b409a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c1329b7a56f4116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb54813dc13cc4ec9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red35580e9e424714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcae5ecb3b28b409a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Value Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...485 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>279,700</x:t>
-[...117 lines deleted...]
-          <x:t>280,344</x:t>
+          <x:t>281,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>