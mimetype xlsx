--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcd305feabf54b2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bb823a41a334062" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcae5ecb3b28b409a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc46965707084c2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red35580e9e424714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcae5ecb3b28b409a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21924a0c8ce24485" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc46965707084c2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Value Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>290,322</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>