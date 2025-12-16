--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d969a1faf2240d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4207a267c2164991" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R852358c2fdb64dba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93814960bda14bf6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a64f3cee1c9422f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R852358c2fdb64dba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d6ad62ff47c4df8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93814960bda14bf6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Youngsters</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NL88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>252,091</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>250,092</x:t>
-[...382 lines deleted...]
-          <x:t>263,223</x:t>
+          <x:t>247,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>