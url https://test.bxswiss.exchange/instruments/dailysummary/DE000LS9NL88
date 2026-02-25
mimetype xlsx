--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4207a267c2164991" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d557fe85347437c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93814960bda14bf6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R591e2261454d4ebc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d6ad62ff47c4df8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93814960bda14bf6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59f1388ad80249e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R591e2261454d4ebc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Youngsters</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NL88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>