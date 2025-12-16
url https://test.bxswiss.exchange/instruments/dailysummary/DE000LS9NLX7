--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8bd15ebdc534b13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e82dbc9fbab4172" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra716269d783147c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R344743d4845643cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a8ba1ada5664286" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra716269d783147c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70f1423161854ffc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R344743d4845643cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Koffein</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NLX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,717</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>108,696</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,898</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>109,059</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,952</x:t>
-[...53 lines deleted...]
-          <x:t>108,809</x:t>
+          <x:t>109,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,884</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,234</x:t>
-[...36 lines deleted...]
-          <x:t>109,060</x:t>
+          <x:t>108,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>