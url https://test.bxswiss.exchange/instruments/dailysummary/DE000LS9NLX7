--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e82dbc9fbab4172" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ef212e60aa24b07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R344743d4845643cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c6d4dd423b8463b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70f1423161854ffc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R344743d4845643cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce9773720ea345db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c6d4dd423b8463b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Koffein</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NLX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>108,388</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,214</x:t>
-[...458 lines deleted...]
-          <x:t>108,918</x:t>
+          <x:t>108,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>