--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R539608d4cf76449d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra722cc41f2144274" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf864210eec754d66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R315dc8ed61e8443a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaac73c9aa4443b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf864210eec754d66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf73965f540754851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R315dc8ed61e8443a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge nach Pivotal Points</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NM38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,339</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>85,607</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,524</x:t>
-[...53 lines deleted...]
-          <x:t>85,411</x:t>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,470</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>85,609</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,464</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>