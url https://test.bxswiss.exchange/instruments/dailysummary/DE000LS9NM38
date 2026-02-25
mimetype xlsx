--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra722cc41f2144274" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra84dd9dfbf044968" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R315dc8ed61e8443a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0790e2d7deb44f96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf73965f540754851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R315dc8ed61e8443a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c044a451a6a4e00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0790e2d7deb44f96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge nach Pivotal Points</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NM38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>85,254</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,141</x:t>
-[...431 lines deleted...]
-          <x:t>85,464</x:t>
+          <x:t>84,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>