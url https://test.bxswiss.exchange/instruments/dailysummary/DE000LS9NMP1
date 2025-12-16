--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fc7152e18bf4a5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b546bd577554490" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd52636ac26047f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf31b73f0dbad464f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08663e3f3b274c6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd52636ac26047f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14fcb87ed13444a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf31b73f0dbad464f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sunrise industries - KI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>110,595</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>