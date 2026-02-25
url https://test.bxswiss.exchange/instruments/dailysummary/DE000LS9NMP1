--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b546bd577554490" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R334c5587632c4806" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf31b73f0dbad464f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bf19fb9696449ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14fcb87ed13444a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf31b73f0dbad464f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fc7a9e1932d42d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bf19fb9696449ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sunrise industries - KI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,096</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>