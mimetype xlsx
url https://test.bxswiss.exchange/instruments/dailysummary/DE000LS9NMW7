--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R769125e36662416e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3364f3ebb87043bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f01ab0441534471"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb45326dd079479d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bbfb196e0124e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f01ab0441534471" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdccda37a463f48ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb45326dd079479d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Global Healthcare</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,041</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...470 lines deleted...]
-          <x:t>103,287</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>