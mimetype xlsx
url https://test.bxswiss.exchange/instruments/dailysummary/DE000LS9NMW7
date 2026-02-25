--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3364f3ebb87043bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R921b6ba4f4614c25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb45326dd079479d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f10bffbe23a40c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdccda37a463f48ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb45326dd079479d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd38dbee955c4a08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f10bffbe23a40c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Global Healthcare</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>102,829</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,823</x:t>
-[...237 lines deleted...]
-          <x:t>103,652</x:t>
+          <x:t>103,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,582</x:t>
-[...134 lines deleted...]
-          <x:t>103,226</x:t>
+          <x:t>103,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>