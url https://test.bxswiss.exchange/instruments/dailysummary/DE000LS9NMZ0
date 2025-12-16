--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R794aeddbd86c4cf2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R973b11c39c134f7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33ef191187a94a33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04da27ee79aa4ad4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra431d614a0104687" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33ef191187a94a33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bfef1fa1af7423c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04da27ee79aa4ad4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Perlen und Tech Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>142,684</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,603</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>144,132</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>