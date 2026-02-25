--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R973b11c39c134f7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R349e9a177f18492c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04da27ee79aa4ad4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53df6255d15a448e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bfef1fa1af7423c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04da27ee79aa4ad4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbeb214dfd84345d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53df6255d15a448e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Perlen und Tech Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>