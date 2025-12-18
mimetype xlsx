--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R414563a74adc4793" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re98027c858bd4bb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R848961d54bcd4deb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3b3ab5f19974acb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b4d0c05caef4b8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R848961d54bcd4deb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd616ad92b71a4565" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3b3ab5f19974acb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie und Internet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>157,879</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,453</x:t>
-[...463 lines deleted...]
-          <x:t>165,817</x:t>
+          <x:t>156,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,832</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>