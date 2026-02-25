--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re98027c858bd4bb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59c69364ee0845cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3b3ab5f19974acb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf4df33d8c8d4d07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd616ad92b71a4565" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3b3ab5f19974acb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bfb7ae3dd03439d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf4df33d8c8d4d07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie und Internet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>153,003</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,625</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>27.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>158,036</x:t>
-[...387 lines deleted...]
-          <x:t>152,832</x:t>
+          <x:t>154,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>