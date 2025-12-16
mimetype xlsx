--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7817c93ea084dab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37ff6c6ebb7b4871" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R534051b9d668405a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7d78325a6f84952"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c6e67257ab94dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R534051b9d668405a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8404193d384645a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7d78325a6f84952" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalBrands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...576 lines deleted...]
-          <x:t>138,576</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,506</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>138,599</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>