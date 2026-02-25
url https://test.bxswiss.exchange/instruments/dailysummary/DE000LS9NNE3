--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37ff6c6ebb7b4871" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R926b84b6ef5541f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7d78325a6f84952"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7d86fab50c74104"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8404193d384645a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7d78325a6f84952" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2c826c37d0c45fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7d86fab50c74104" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalBrands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,104</x:t>
-[...387 lines deleted...]
-          <x:t>140,284</x:t>
+          <x:t>139,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,294</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>